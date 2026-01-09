--- v0 (2025-11-17)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61a75873847f4071" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a2ef24094b54452" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Rf8e6f19267174340"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Rafc06a4ceaf445f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts/>
   <x:fonts count="4">
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="16"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
@@ -65,51 +65,51 @@
   <x:cellXfs count="5">
     <x:xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs count="0"/>
   <x:tableStyles count="0"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8e6f19267174340" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c535be2e31642bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafc06a4ceaf445f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf7a4e71488344f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="25" bestFit="1"/>
     <x:col min="2" max="2" width="25" bestFit="1"/>
     <x:col min="3" max="3" width="25" bestFit="1"/>
     <x:col min="4" max="4" width="25" bestFit="1"/>
     <x:col min="5" max="5" width="25" bestFit="1"/>
     <x:col min="6" max="6" width="25" bestFit="1"/>
     <x:col min="7" max="7" width="25" bestFit="1"/>
     <x:col min="8" max="8" width="25" bestFit="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" ht="24" customHeight="1">
       <x:c r="A1" s="1" t="str">
         <x:v>Внесение изменений в бюджет</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v/>
       </x:c>
     </x:row>