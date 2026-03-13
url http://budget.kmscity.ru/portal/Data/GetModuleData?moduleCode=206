--- v1 (2026-01-09)
+++ v2 (2026-03-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a2ef24094b54452" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dafb2449acd4c43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Rafc06a4ceaf445f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R06413df7f1f04c5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts/>
   <x:fonts count="4">
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="16"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
@@ -65,51 +65,51 @@
   <x:cellXfs count="5">
     <x:xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs count="0"/>
   <x:tableStyles count="0"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafc06a4ceaf445f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf7a4e71488344f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06413df7f1f04c5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8722d3e1410d4a75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="25" bestFit="1"/>
     <x:col min="2" max="2" width="25" bestFit="1"/>
     <x:col min="3" max="3" width="25" bestFit="1"/>
     <x:col min="4" max="4" width="25" bestFit="1"/>
     <x:col min="5" max="5" width="25" bestFit="1"/>
     <x:col min="6" max="6" width="25" bestFit="1"/>
     <x:col min="7" max="7" width="25" bestFit="1"/>
     <x:col min="8" max="8" width="25" bestFit="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" ht="24" customHeight="1">
       <x:c r="A1" s="1" t="str">
         <x:v>Внесение изменений в бюджет</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v/>
       </x:c>
     </x:row>