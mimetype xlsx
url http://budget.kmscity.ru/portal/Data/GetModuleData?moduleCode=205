--- v0 (2025-11-17)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e8833833fc542dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd2f7e34c9814cd2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R67a44c46466c4a83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R6bfd9b40a0b54af4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts/>
   <x:fonts count="4">
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="16"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
@@ -65,51 +65,51 @@
   <x:cellXfs count="5">
     <x:xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs count="0"/>
   <x:tableStyles count="0"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67a44c46466c4a83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f565e2616de40b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bfd9b40a0b54af4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4b77ace789e4683" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="25" bestFit="1"/>
     <x:col min="2" max="2" width="25" bestFit="1"/>
     <x:col min="3" max="3" width="25" bestFit="1"/>
     <x:col min="4" max="4" width="25" bestFit="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" ht="24" customHeight="1">
       <x:c r="A1" s="1" t="str">
         <x:v>Внесение изменений в бюджет</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
         <x:v>Данные на 13.12.2016</x:v>
       </x:c>