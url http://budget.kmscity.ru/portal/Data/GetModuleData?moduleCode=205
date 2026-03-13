--- v1 (2026-01-09)
+++ v2 (2026-03-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd2f7e34c9814cd2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7b7473e2b624c03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R6bfd9b40a0b54af4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Rabcfbff0e59b47c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts/>
   <x:fonts count="4">
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="16"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
@@ -65,51 +65,51 @@
   <x:cellXfs count="5">
     <x:xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs count="0"/>
   <x:tableStyles count="0"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bfd9b40a0b54af4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4b77ace789e4683" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabcfbff0e59b47c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e2d98dbc9254a23" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="25" bestFit="1"/>
     <x:col min="2" max="2" width="25" bestFit="1"/>
     <x:col min="3" max="3" width="25" bestFit="1"/>
     <x:col min="4" max="4" width="25" bestFit="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" ht="24" customHeight="1">
       <x:c r="A1" s="1" t="str">
         <x:v>Внесение изменений в бюджет</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
         <x:v>Данные на 13.12.2016</x:v>
       </x:c>