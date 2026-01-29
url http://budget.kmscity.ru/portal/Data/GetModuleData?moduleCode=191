--- v0 (2025-11-05)
+++ v1 (2026-01-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89db29bc8f784671" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfef6846158f34c3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R1c67ac3237054e1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Rc282005803884e33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts/>
   <x:fonts count="4">
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="16"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
@@ -65,282 +65,282 @@
   <x:cellXfs count="5">
     <x:xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs count="0"/>
   <x:tableStyles count="0"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c67ac3237054e1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0be5e69f3f3846f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc282005803884e33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re44c5af6b6d8416d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="25" bestFit="1"/>
     <x:col min="2" max="2" width="25" bestFit="1"/>
     <x:col min="3" max="3" width="25" bestFit="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" ht="24" customHeight="1">
       <x:c r="A1" s="1" t="str">
         <x:v>Основные приоритеты</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
-        <x:v>Данные на 31.10.2025</x:v>
+        <x:v>Данные на 31.12.2025</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" s="2" t="str">
         <x:v>Наименование</x:v>
       </x:c>
       <x:c r="B5" s="2" t="str">
         <x:v>План, тыс. руб.</x:v>
       </x:c>
       <x:c r="C5" s="2" t="str">
         <x:v>Факт, тыс. руб.</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" s="3" t="str">
         <x:v>Выполнение прочих расходных обязательств города Комсомольска-на-Амуре</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>354870.76</x:v>
+        <x:v>363006.69</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>267198.1</x:v>
+        <x:v>344399.42</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" s="3" t="str">
         <x:v>МУНИЦИПАЛЬНАЯ ПРОГРАММА "Защита населения и территории города Комсомольска-на-Амуре от чрезвычайных ситуаций, обеспечение пожарной безопасности и безопасности людей на водных объектах"</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>720.96</x:v>
+        <x:v>685.69</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>322.11</x:v>
+        <x:v>685.69</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" s="3" t="str">
         <x:v>МУНИЦИПАЛЬНАЯ ПРОГРАММА "Обеспечение качества и доступности образования"</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>6766193.04</x:v>
+        <x:v>6960098.93</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5775768.83</x:v>
+        <x:v>6920197.16</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" s="3" t="str">
         <x:v>МУНИЦИПАЛЬНАЯ ПРОГРАММА "Обеспечение качественным жильём"</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1365.56</x:v>
+        <x:v>1651.75</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1117.56</x:v>
+        <x:v>1403.75</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" s="3" t="str">
         <x:v>МУНИЦИПАЛЬНАЯ ПРОГРАММА "Обеспечение общественной безопасности и противодействие преступности на территории города Комсомольска-на-Амуре"</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>547.71</x:v>
+        <x:v>544.78</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>290.73</x:v>
+        <x:v>510.87</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" s="3" t="str">
         <x:v>МУНИЦИПАЛЬНАЯ ПРОГРАММА "Развитие дорожной сети, благоустройство города Комсомольска-на-Амуре"</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>40754.71</x:v>
+        <x:v>40974.71</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>39866.94</x:v>
+        <x:v>40861.76</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" s="3" t="str">
         <x:v>МУНИЦИПАЛЬНАЯ ПРОГРАММА "Развитие культуры в городе Комсомольске-на-Амуре"</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>705015.65</x:v>
+        <x:v>736481.15</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>597995.66</x:v>
+        <x:v>734319.24</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" s="3" t="str">
         <x:v>МУНИЦИПАЛЬНАЯ ПРОГРАММА "Развитие молодёжной политики в городе Комсомольске-на-Амуре"</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>134036.77</x:v>
+        <x:v>146281.96</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>117098.98</x:v>
+        <x:v>145513.35</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" s="3" t="str">
         <x:v>МУНИЦИПАЛЬНАЯ ПРОГРАММА "Развитие муниципальной службы в городе Комсомольске-на-Амуре"</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>25827.26</x:v>
+        <x:v>24006.66</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>17335.67</x:v>
+        <x:v>22853.04</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" s="3" t="str">
         <x:v>МУНИЦИПАЛЬНАЯ ПРОГРАММА "Развитие сельского хозяйства на территории города Комсомольска-на-Амуре"</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" s="3" t="str">
         <x:v>МУНИЦИПАЛЬНАЯ ПРОГРАММА "Развитие технологий цифрового муниципалитета и инфраструктуры связи в городе Комсомольске-на-Амуре"</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>4395</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>3762.86</x:v>
+        <x:v>4184.28</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" s="3" t="str">
         <x:v>МУНИЦИПАЛЬНАЯ ПРОГРАММА "Развитие физической культуры и спорта в городе Комсомольске-на-Амуре"</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>369222.19</x:v>
+        <x:v>402962.18</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>327866.89</x:v>
+        <x:v>399063.71</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" s="3" t="str">
         <x:v>МУНИЦИПАЛЬНАЯ ПРОГРАММА "Содействие развитию и поддержка общественных объединений, некоммерческих организаций и инициатив гражданского общества в городе Комсомольске-на-Амуре"</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>622.7</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>402.02</x:v>
+        <x:v>613.87</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" s="3" t="str">
         <x:v>МУНИЦИПАЛЬНАЯ ПРОГРАММА "Управление и распоряжение муниципальным имуществом"</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>33383.13</x:v>
+        <x:v>32707.2</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>21044.32</x:v>
+        <x:v>26301.79</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" s="3" t="str">
         <x:v>МУНИЦИПАЛЬНАЯ ПРОГРАММА "Энергосбережение и повышение энергетической эффективности в городе Комсомольске-на-Амуре"</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" s="3" t="str">
         <x:v>Обеспечение деятельности органов местного самоуправления</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>944032.8</x:v>
+        <x:v>1038621.41</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>789824.77</x:v>
+        <x:v>986893.67</x:v>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" s="3" t="str">
         <x:v>Осуществление отдельных государственных полномочий, переданных органам местного самоуправления и их администрирование, в рамках непрограммных расходов местного бюджета</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>757635.53</x:v>
+        <x:v>759002.58</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>592911.03</x:v>
+        <x:v>754769.12</x:v>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" s="3" t="str">
         <x:v>Резервный фонд администрации города Комсомольска-на-Амуре</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>3500</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1514.65</x:v>
+        <x:v>2318.54</x:v>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c r="A24" s="3" t="str">
         <x:v>Условно утвержденные расходы</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:C1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>