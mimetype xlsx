--- v0 (2025-11-27)
+++ v1 (2026-01-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4598dc0b71764fe8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a4c227742b14223" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R945ad43794584140"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Rfe3f0a7e5dcb4083"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts/>
   <x:fonts count="4">
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="16"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
@@ -65,194 +65,194 @@
   <x:cellXfs count="5">
     <x:xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs count="0"/>
   <x:tableStyles count="0"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R945ad43794584140" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f27f7968d594d56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe3f0a7e5dcb4083" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9b0e68313b04bdd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="25" bestFit="1"/>
     <x:col min="2" max="2" width="25" bestFit="1"/>
     <x:col min="3" max="3" width="25" bestFit="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" ht="24" customHeight="1">
       <x:c r="A1" s="1" t="str">
         <x:v>Ведомственная структура расходов</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
-        <x:v>Данные на 31.10.2025</x:v>
+        <x:v>Данные на 31.12.2025</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" s="2" t="str">
         <x:v>Наименование</x:v>
       </x:c>
       <x:c r="B5" s="2" t="str">
         <x:v>План, тыс. руб.</x:v>
       </x:c>
       <x:c r="C5" s="2" t="str">
         <x:v>Факт, тыс. руб.</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" s="3" t="str">
         <x:v>Администрация города Комсомольска-на-Амуре</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>797742.8</x:v>
+        <x:v>862430.3</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>648247.6</x:v>
+        <x:v>818978.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" s="3" t="str">
         <x:v>Комитет по управлению имуществом администрации города Комсомольска-на-Амуре Хабаровского края</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>124465.6</x:v>
+        <x:v>123957</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>90291.1</x:v>
+        <x:v>113850.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" s="3" t="str">
         <x:v>Комсомольская-на-Амуре городская Дума</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>29917.8</x:v>
+        <x:v>28884</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>22629.5</x:v>
+        <x:v>28317.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" s="3" t="str">
         <x:v>Отдел культуры администрации города Комсомольска-на-Амуре Хабаровского края</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>746666.5</x:v>
+        <x:v>783902.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>634936.5</x:v>
+        <x:v>780734.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" s="3" t="str">
         <x:v>Управление архитектуры и градостроительства администрации города Комсомольска-на-Амуре Хабаровского края</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2474994.2</x:v>
+        <x:v>2785220.6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1262508.5</x:v>
+        <x:v>2001403.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" s="3" t="str">
         <x:v>Управление дорожной деятельности и внешнего благоустройства администрации города Комсомольска-на-Амуре Хабаровского края</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>906127.8</x:v>
+        <x:v>927605.6</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>796402.2</x:v>
+        <x:v>894832.2</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" s="3" t="str">
         <x:v>Управление жилищно-коммунального хозяйства, топлива и энергетики администрации города Комсомольска-на-Амуре Хабаровского края</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2494208.5</x:v>
+        <x:v>2623971.2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>796575.1</x:v>
+        <x:v>2553711.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" s="3" t="str">
         <x:v>Управление образования администрации города Комсомольска-на-Амуре Хабаровского края</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>7587430.2</x:v>
+        <x:v>7788971.5</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>6428528.3</x:v>
+        <x:v>7740362.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" s="3" t="str">
         <x:v>Управление по делам гражданской обороны и чрезвычайным ситуациям администрации города Комсомольска-на-Амуре Хабаровского края</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>91899.2</x:v>
+        <x:v>94746.2</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>73180.7</x:v>
+        <x:v>94148.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" s="3" t="str">
         <x:v>Управление по физической культуре, спорту и молодежной политике администрации города Комсомольска-на-Амуре Хабаровского края</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>618909.6</x:v>
+        <x:v>662729.8</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>552715.9</x:v>
+        <x:v>656793.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" s="3" t="str">
         <x:v>Финансовое управление администрации города Комсомольска-на-Амуре Хабаровского края</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>94439.1</x:v>
+        <x:v>93236.4</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>70922</x:v>
+        <x:v>89032.5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:C1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>